--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11373" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="269"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="387"/>
         <w:gridCol w:w="428"/>
         <w:gridCol w:w="494"/>
         <w:gridCol w:w="287"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="378"/>
@@ -504,60 +504,70 @@
           </w:tcPr>
           <w:p w14:paraId="3D026D28" w14:textId="77777777" w:rsidR="00EC2701" w:rsidRPr="00944707" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026D29" w14:textId="4B4C530E" w:rsidR="00EC2701" w:rsidRPr="00944707" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
+          <w:p w14:paraId="3D026D29" w14:textId="24357D12" w:rsidR="00EC2701" w:rsidRPr="00944707" w:rsidRDefault="00790A0D" w:rsidP="00913F99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6572F221" w14:textId="77777777" w:rsidR="00EC2701" w:rsidRPr="0088574A" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088574A">
@@ -585,51 +595,51 @@
           </w:tcPr>
           <w:p w14:paraId="05BFDBAC" w14:textId="77777777" w:rsidR="00EC2701" w:rsidRPr="00EC2701" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5AF661" w14:textId="77777777" w:rsidR="00EC2701" w:rsidRPr="0088574A" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
+          <w:p w14:paraId="2C5AF661" w14:textId="330BE14C" w:rsidR="00EC2701" w:rsidRPr="0088574A" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38AAB71D" w14:textId="5D6BC5CB" w:rsidR="00EC2701" w:rsidRPr="0088574A" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
             <w:pPr>
@@ -723,51 +733,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00EC2701">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Reference No (if known)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026D2C" w14:textId="3530F606" w:rsidR="00EC2701" w:rsidRPr="0088574A" w:rsidRDefault="00EC2701" w:rsidP="00D44F35">
+          <w:p w14:paraId="3D026D2C" w14:textId="2346D476" w:rsidR="00EC2701" w:rsidRPr="0088574A" w:rsidRDefault="00EC2701" w:rsidP="00D44F35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D2D" w14:textId="77777777" w:rsidR="00EC2701" w:rsidRPr="00913F99" w:rsidRDefault="00EC2701" w:rsidP="00913F99">
             <w:pPr>
               <w:rPr>
@@ -1985,98 +1995,98 @@
           </w:tcPr>
           <w:p w14:paraId="3D026D6C" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00944707" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3488" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026D6D" w14:textId="5DEB8601" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="004F4049">
+          <w:p w14:paraId="3D026D6D" w14:textId="585736DE" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="004F4049">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D6E" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6667" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026D6F" w14:textId="2F80C0C9" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
+          <w:p w14:paraId="3D026D6F" w14:textId="24E0D4EB" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D70" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00913F99" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
@@ -2251,98 +2261,98 @@
           </w:tcPr>
           <w:p w14:paraId="3D026D78" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00944707" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8407" w:type="dxa"/>
             <w:gridSpan w:val="25"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026D79" w14:textId="7970B27D" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
+          <w:p w14:paraId="3D026D79" w14:textId="6054EEEC" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D7A" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026D7B" w14:textId="737C4C95" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
+          <w:p w14:paraId="3D026D7B" w14:textId="355EAC60" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D7C" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00913F99" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
@@ -2892,55 +2902,56 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D91" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088574A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790A0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Bank Code (BSB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D92" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -2949,55 +2960,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D93" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088574A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790A0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Account Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026D94" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00913F99" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="en-US"/>
@@ -3278,111 +3290,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026DA2" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088574A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790A0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Account Holder Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026DA3" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D026DA4" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="0088574A" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3D026DA4" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00790A0D" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790A0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name &amp; Branch of Financial Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026DA5" w14:textId="77777777" w:rsidR="00D05CF6" w:rsidRPr="00913F99" w:rsidRDefault="00D05CF6" w:rsidP="00D05CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="en-US"/>
@@ -4645,55 +4660,56 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="26"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026DDD" w14:textId="77777777" w:rsidR="00FF5786" w:rsidRPr="00944707" w:rsidRDefault="00FF5786" w:rsidP="00FF5786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088574A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790A0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D026DDE" w14:textId="77777777" w:rsidR="00FF5786" w:rsidRPr="0088574A" w:rsidRDefault="00FF5786" w:rsidP="00FF5786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6349,71 +6365,51 @@
             <w:tcW w:w="10944" w:type="dxa"/>
             <w:gridSpan w:val="30"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D026E2C" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="002D4A58">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">In the first instance direct </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> your enquiries directly to the Shire of Dardanup, rather than your financial institution. Any enquiries (</w:t>
+              <w:t>In the first instance direct all of your enquiries directly to the Shire of Dardanup, rather than your financial institution. Any enquiries (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>eg.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Deferring the drawing, altering the schedule, stopping an individual debit, suspending or cancelling the arrangement) must be made at least three</w:t>
             </w:r>
             <w:r w:rsidR="00F964E3" w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
@@ -7091,71 +7087,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D026E48" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="00FF5786">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">On receipt of advice of any dispute we will address the issue and advise you of an outcome within three working days. If you do not receive a satisfactory result from the Shire of Dardanup to your </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> contact your financial institution who will respond to you with an answer to your claim </w:t>
+              <w:t xml:space="preserve">On receipt of advice of any dispute we will address the issue and advise you of an outcome within three working days. If you do not receive a satisfactory result from the Shire of Dardanup to your dispute contact your financial institution who will respond to you with an answer to your claim </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D026E49" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="00FF5786">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Within 7 business days (for claims lodged within 12 months of the disputed drawing date)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D026E4A" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="00FF5786">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -7307,67 +7283,57 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>PO Box 7016</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D026E53" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="00FF5786">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>EATON  WA</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">  6232</w:t>
+              <w:t>EATON  WA  6232</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D026E54" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="00FF5786">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D026E55" w14:textId="77777777" w:rsidR="006F0176" w:rsidRPr="00944707" w:rsidRDefault="006F0176" w:rsidP="00FF5786">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
@@ -7387,203 +7353,209 @@
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D026E58" w14:textId="77777777" w:rsidR="0063036C" w:rsidRPr="0063036C" w:rsidRDefault="002022A3" w:rsidP="00AE7581">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D027141" w14:textId="0A6D4394" w:rsidR="00197702" w:rsidRPr="00E52681" w:rsidRDefault="000B25C3" w:rsidP="00060552">
+    <w:p w14:paraId="3D027141" w14:textId="396AE3E3" w:rsidR="00197702" w:rsidRPr="00E52681" w:rsidRDefault="00FD0D2E" w:rsidP="00060552">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B25C3">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47A7B688" wp14:editId="08DA39BE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10A210E1" wp14:editId="210326AB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:align>center</wp:align>
+              <wp:align>right</wp:align>
             </wp:positionH>
-            <wp:positionV relativeFrom="margin">
-              <wp:align>top</wp:align>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-270510</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="5969000" cy="10077450"/>
-[...2 lines deleted...]
-            <wp:docPr id="2057971724" name="Picture 1"/>
+            <wp:extent cx="7543800" cy="10666452"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:wrapNone/>
+            <wp:docPr id="253641275" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5969000" cy="10077450"/>
+                      <a:ext cx="7543800" cy="10666452"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00197702" w:rsidRPr="00E52681" w:rsidSect="00F160BF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="1797" w:bottom="426" w:left="709" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CF9692A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AF67602"/>
     <w:lvl w:ilvl="0" w:tplc="24B45FCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Calibri" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7662,326 +7634,341 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="5601768">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00297F2B"/>
     <w:rsid w:val="00022BD4"/>
     <w:rsid w:val="0002469A"/>
     <w:rsid w:val="00034C29"/>
     <w:rsid w:val="0003629E"/>
     <w:rsid w:val="00044C25"/>
     <w:rsid w:val="00057EF3"/>
     <w:rsid w:val="00060552"/>
     <w:rsid w:val="00061EB0"/>
     <w:rsid w:val="000A166D"/>
     <w:rsid w:val="000A57E4"/>
     <w:rsid w:val="000B25C3"/>
     <w:rsid w:val="000B5FCE"/>
     <w:rsid w:val="000C4067"/>
     <w:rsid w:val="000C579D"/>
     <w:rsid w:val="000E1D78"/>
     <w:rsid w:val="0011420A"/>
     <w:rsid w:val="001376D7"/>
     <w:rsid w:val="001472DC"/>
     <w:rsid w:val="00153606"/>
+    <w:rsid w:val="001601BD"/>
     <w:rsid w:val="0016591F"/>
     <w:rsid w:val="00166187"/>
     <w:rsid w:val="0019228E"/>
     <w:rsid w:val="00194E5D"/>
     <w:rsid w:val="00197702"/>
     <w:rsid w:val="001B4D13"/>
+    <w:rsid w:val="001B7387"/>
+    <w:rsid w:val="001C13CB"/>
     <w:rsid w:val="001D1050"/>
     <w:rsid w:val="001D7A46"/>
     <w:rsid w:val="001F2078"/>
     <w:rsid w:val="002022A3"/>
     <w:rsid w:val="002141C1"/>
     <w:rsid w:val="002233A7"/>
     <w:rsid w:val="00240302"/>
     <w:rsid w:val="00263FAD"/>
     <w:rsid w:val="00264036"/>
     <w:rsid w:val="00270FD6"/>
     <w:rsid w:val="00286F28"/>
     <w:rsid w:val="00290C30"/>
     <w:rsid w:val="00297F2B"/>
     <w:rsid w:val="002D2428"/>
     <w:rsid w:val="002D4120"/>
     <w:rsid w:val="002D4A58"/>
     <w:rsid w:val="002D5ABC"/>
     <w:rsid w:val="0030554B"/>
     <w:rsid w:val="00305B40"/>
     <w:rsid w:val="0031157B"/>
     <w:rsid w:val="003160E1"/>
     <w:rsid w:val="003677D8"/>
     <w:rsid w:val="00387EAC"/>
     <w:rsid w:val="00395076"/>
     <w:rsid w:val="0039750B"/>
     <w:rsid w:val="00397DD0"/>
     <w:rsid w:val="003A3D15"/>
     <w:rsid w:val="003A7335"/>
     <w:rsid w:val="003B0A4C"/>
     <w:rsid w:val="003F4A61"/>
     <w:rsid w:val="0040242A"/>
     <w:rsid w:val="004035AA"/>
     <w:rsid w:val="00404A68"/>
     <w:rsid w:val="00405532"/>
     <w:rsid w:val="00414C38"/>
     <w:rsid w:val="00423087"/>
     <w:rsid w:val="00446624"/>
     <w:rsid w:val="00452038"/>
     <w:rsid w:val="00455C67"/>
     <w:rsid w:val="00470F95"/>
     <w:rsid w:val="004856B7"/>
+    <w:rsid w:val="00494EA5"/>
     <w:rsid w:val="004A097A"/>
     <w:rsid w:val="004A0EA5"/>
     <w:rsid w:val="004B0018"/>
     <w:rsid w:val="004B6104"/>
     <w:rsid w:val="004D4FFC"/>
     <w:rsid w:val="004E6CDD"/>
     <w:rsid w:val="004F4049"/>
     <w:rsid w:val="00515278"/>
     <w:rsid w:val="00522D62"/>
     <w:rsid w:val="00522FA5"/>
     <w:rsid w:val="00524AF9"/>
     <w:rsid w:val="00535924"/>
     <w:rsid w:val="005654D8"/>
     <w:rsid w:val="005B290D"/>
     <w:rsid w:val="005B4E52"/>
     <w:rsid w:val="005D52AB"/>
     <w:rsid w:val="005F2463"/>
     <w:rsid w:val="00606CF8"/>
     <w:rsid w:val="00606FBF"/>
     <w:rsid w:val="00620E92"/>
     <w:rsid w:val="0063036C"/>
     <w:rsid w:val="00636A93"/>
     <w:rsid w:val="00640FEC"/>
     <w:rsid w:val="00643FEF"/>
     <w:rsid w:val="00644EB3"/>
     <w:rsid w:val="006477EA"/>
     <w:rsid w:val="0066090E"/>
     <w:rsid w:val="00665D4D"/>
     <w:rsid w:val="006953DF"/>
     <w:rsid w:val="006A066E"/>
     <w:rsid w:val="006B34B7"/>
     <w:rsid w:val="006B480D"/>
     <w:rsid w:val="006B4C9D"/>
     <w:rsid w:val="006B778A"/>
+    <w:rsid w:val="006E26C3"/>
     <w:rsid w:val="006F0176"/>
     <w:rsid w:val="006F4445"/>
     <w:rsid w:val="00741833"/>
     <w:rsid w:val="00742925"/>
     <w:rsid w:val="00762D4B"/>
     <w:rsid w:val="00776A36"/>
     <w:rsid w:val="0078319A"/>
     <w:rsid w:val="00784465"/>
+    <w:rsid w:val="00790A0D"/>
     <w:rsid w:val="0079106B"/>
     <w:rsid w:val="007B1337"/>
     <w:rsid w:val="007D287E"/>
+    <w:rsid w:val="007E23E5"/>
     <w:rsid w:val="007E3C95"/>
     <w:rsid w:val="007F25BB"/>
     <w:rsid w:val="00816838"/>
     <w:rsid w:val="008303BB"/>
     <w:rsid w:val="008332A0"/>
     <w:rsid w:val="0085059D"/>
     <w:rsid w:val="0086696D"/>
     <w:rsid w:val="0086748E"/>
     <w:rsid w:val="00871972"/>
+    <w:rsid w:val="0088073B"/>
     <w:rsid w:val="0088574A"/>
+    <w:rsid w:val="0089637B"/>
     <w:rsid w:val="00897601"/>
     <w:rsid w:val="008A270D"/>
     <w:rsid w:val="008B0115"/>
     <w:rsid w:val="008B369C"/>
     <w:rsid w:val="008C3C51"/>
     <w:rsid w:val="008D388C"/>
     <w:rsid w:val="008E191E"/>
     <w:rsid w:val="008E6790"/>
     <w:rsid w:val="00905C7F"/>
     <w:rsid w:val="00913F99"/>
     <w:rsid w:val="009237EE"/>
     <w:rsid w:val="009337B8"/>
+    <w:rsid w:val="00934740"/>
     <w:rsid w:val="00944707"/>
     <w:rsid w:val="00953E66"/>
     <w:rsid w:val="009B3370"/>
     <w:rsid w:val="009C7E25"/>
     <w:rsid w:val="009D09E7"/>
     <w:rsid w:val="009E0CF2"/>
     <w:rsid w:val="009E1FE6"/>
     <w:rsid w:val="00A00F9F"/>
     <w:rsid w:val="00A123B3"/>
     <w:rsid w:val="00A13704"/>
     <w:rsid w:val="00A13F1D"/>
     <w:rsid w:val="00A16F62"/>
     <w:rsid w:val="00A211E2"/>
     <w:rsid w:val="00A51371"/>
     <w:rsid w:val="00A525BB"/>
     <w:rsid w:val="00A62A8F"/>
     <w:rsid w:val="00A8348E"/>
     <w:rsid w:val="00AA57B5"/>
     <w:rsid w:val="00AB50AA"/>
     <w:rsid w:val="00AC16F7"/>
     <w:rsid w:val="00AC576E"/>
     <w:rsid w:val="00AE08A3"/>
     <w:rsid w:val="00AE2FD7"/>
     <w:rsid w:val="00AE7581"/>
     <w:rsid w:val="00B06317"/>
     <w:rsid w:val="00B170B3"/>
     <w:rsid w:val="00B51E30"/>
     <w:rsid w:val="00B56D3F"/>
     <w:rsid w:val="00B71964"/>
     <w:rsid w:val="00B82747"/>
     <w:rsid w:val="00B91BE3"/>
     <w:rsid w:val="00B95166"/>
     <w:rsid w:val="00BB53DC"/>
     <w:rsid w:val="00BB79F1"/>
     <w:rsid w:val="00BC39A3"/>
     <w:rsid w:val="00BC5905"/>
     <w:rsid w:val="00BE74E1"/>
     <w:rsid w:val="00BF1D7F"/>
     <w:rsid w:val="00C0116C"/>
     <w:rsid w:val="00C0458C"/>
     <w:rsid w:val="00C210BA"/>
     <w:rsid w:val="00C50DB3"/>
     <w:rsid w:val="00C51C84"/>
     <w:rsid w:val="00C53D63"/>
+    <w:rsid w:val="00C55F08"/>
     <w:rsid w:val="00C71C21"/>
     <w:rsid w:val="00C952C6"/>
     <w:rsid w:val="00CC3E33"/>
+    <w:rsid w:val="00CD28E9"/>
     <w:rsid w:val="00D02211"/>
     <w:rsid w:val="00D0422A"/>
     <w:rsid w:val="00D05CF6"/>
     <w:rsid w:val="00D145AD"/>
     <w:rsid w:val="00D362B4"/>
     <w:rsid w:val="00D41B5B"/>
     <w:rsid w:val="00D43D1B"/>
     <w:rsid w:val="00D44F35"/>
     <w:rsid w:val="00D469D7"/>
     <w:rsid w:val="00D54F16"/>
     <w:rsid w:val="00D62BAA"/>
     <w:rsid w:val="00D744AD"/>
     <w:rsid w:val="00D74848"/>
     <w:rsid w:val="00D95B3C"/>
     <w:rsid w:val="00DB26FA"/>
     <w:rsid w:val="00DD4E38"/>
     <w:rsid w:val="00DD6C2B"/>
     <w:rsid w:val="00DE649E"/>
     <w:rsid w:val="00E2490B"/>
     <w:rsid w:val="00E27D38"/>
     <w:rsid w:val="00E403AF"/>
     <w:rsid w:val="00E4293D"/>
     <w:rsid w:val="00E5005C"/>
     <w:rsid w:val="00E52681"/>
     <w:rsid w:val="00E87E5B"/>
     <w:rsid w:val="00E929C8"/>
     <w:rsid w:val="00E93D0C"/>
     <w:rsid w:val="00E96D75"/>
     <w:rsid w:val="00E97CC7"/>
     <w:rsid w:val="00EB1423"/>
     <w:rsid w:val="00EC2701"/>
     <w:rsid w:val="00EC5408"/>
     <w:rsid w:val="00F160BF"/>
     <w:rsid w:val="00F164DD"/>
     <w:rsid w:val="00F22A52"/>
     <w:rsid w:val="00F35A17"/>
     <w:rsid w:val="00F51F0D"/>
     <w:rsid w:val="00F65862"/>
     <w:rsid w:val="00F74B0E"/>
+    <w:rsid w:val="00F816C7"/>
     <w:rsid w:val="00F964E3"/>
     <w:rsid w:val="00F97BDA"/>
     <w:rsid w:val="00FA49F3"/>
     <w:rsid w:val="00FB771F"/>
+    <w:rsid w:val="00FD0D2E"/>
+    <w:rsid w:val="00FD6678"/>
     <w:rsid w:val="00FE014F"/>
     <w:rsid w:val="00FE5362"/>
     <w:rsid w:val="00FF13C6"/>
     <w:rsid w:val="00FF5786"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3D026D1A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4A68CC06-897B-438D-88F5-A83F1F621AB0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -8404,66 +8391,79 @@
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="000B5FCE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="000B5FCE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="217782709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="297339332">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="493103904">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="517231489">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -8516,51 +8516,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2078286456">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8809,283 +8809,50 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...231 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="SoD Document" ma:contentTypeID="0x0101005D01A4EE42B12A4E8DD4F7C5F8959028007597BDEA42C8784898B3F12B49109B660093E7A7E91C0C77409911563BD6216675" ma:contentTypeVersion="24" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="921e46fd7ee33a364976e5866085e02d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8b170aca-357d-4920-9c21-2ef4fb4e7980" xmlns:ns3="1ccdc3ba-c843-4b21-809c-cb2f2041c815" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns5="58c57dbd-2bfb-4aed-877c-2b242576cb08" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4a89ee988bb6585b7d2be27b4db0969" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="8b170aca-357d-4920-9c21-2ef4fb4e7980"/>
     <xsd:import namespace="1ccdc3ba-c843-4b21-809c-cb2f2041c815"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="58c57dbd-2bfb-4aed-877c-2b242576cb08"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Record_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:Case_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:GeoLL" minOccurs="0"/>
                 <xsd:element ref="ns2:GeoObject" minOccurs="0"/>
                 <xsd:element ref="ns2:Program" minOccurs="0"/>
                 <xsd:element ref="ns2:j14d8b5f831f4d178b4e533a3e6059ee" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:ef44b7fdb0a443d4b49b69de9792419b" minOccurs="0"/>
                 <xsd:element ref="ns2:jf1e271fcc504a2f870e396f8d022d5c" minOccurs="0"/>
                 <xsd:element ref="ns2:SoDDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Secure" minOccurs="0"/>
                 <xsd:element ref="ns2:Asset_x0020_Link" minOccurs="0"/>
@@ -9378,51 +9145,60 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="86df2675-3019-4109-81a4-2400847b99f8" ContentTypeId="0x0101005D01A4EE42B12A4E8DD4F7C5F8959028" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Record_x0020_Number xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">R0000651158</Record_x0020_Number>
     <j14d8b5f831f4d178b4e533a3e6059ee xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Finance</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ef99812e-8caa-47ad-a0a9-6e6af933d210</TermId>
         </TermInfo>
       </Terms>
     </j14d8b5f831f4d178b4e533a3e6059ee>
     <mff77021d6804ceb8bfbff741fa22a05 xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Forms</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">5b74ffa9-8a8e-430a-918d-e8e3dcb818cd</TermId>
         </TermInfo>
       </Terms>
     </mff77021d6804ceb8bfbff741fa22a05>
     <Form_x0020_Type xmlns="1ccdc3ba-c843-4b21-809c-cb2f2041c815">Word</Form_x0020_Type>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <Case_x0020_Type xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980" xsi:nil="true"/>
     <TaxCatchAll xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Value>5</Value>
       <Value>21</Value>
@@ -9441,158 +9217,382 @@
     <jf1e271fcc504a2f870e396f8d022d5c xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </jf1e271fcc504a2f870e396f8d022d5c>
     <_spia_type xmlns="1ccdc3ba-c843-4b21-809c-cb2f2041c815" xsi:nil="true"/>
     <GeoObject xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </GeoObject>
     <ef44b7fdb0a443d4b49b69de9792419b xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ef44b7fdb0a443d4b49b69de9792419b>
     <SoDDescription xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980" xsi:nil="true"/>
     <_spia_rule xmlns="1ccdc3ba-c843-4b21-809c-cb2f2041c815" xsi:nil="true"/>
     <Secure xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980" xsi:nil="true"/>
     <Form_x0020_Number xmlns="1ccdc3ba-c843-4b21-809c-cb2f2041c815">24</Form_x0020_Number>
     <_dlc_DocId xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">E7RSTZWMYQ4E-1615841220-463</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="8b170aca-357d-4920-9c21-2ef4fb4e7980">
       <Url>http://tardis.dardanup.wa.gov.au/_layouts/15/DocIdRedir.aspx?ID=E7RSTZWMYQ4E-1615841220-463</Url>
       <Description>E7RSTZWMYQ4E-1615841220-463</Description>
     </_dlc_DocIdUrl>
     <CRMCaseID xmlns="58c57dbd-2bfb-4aed-877c-2b242576cb08" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10003</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>3</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10009</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>9</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10103</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>102</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10105</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>105</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>2</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>SoD.eDMS.RecordNumberGenerator, Version=1.0.0.0, Culture=neutral, PublicKeyToken=682330d0817504e1</Assembly>
+    <Class>SoD.eDMS.RecordNumberGenerator.RecordNumberGeneratorEventReceiver.RecordNumberGeneratorEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20A488FD-BC54-4F80-82A1-92C373145368}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8b170aca-357d-4920-9c21-2ef4fb4e7980"/>
     <ds:schemaRef ds:uri="1ccdc3ba-c843-4b21-809c-cb2f2041c815"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="58c57dbd-2bfb-4aed-877c-2b242576cb08"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60F32093-642F-43F6-89DC-28361FB19530}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E610003-1FEF-49B8-A683-676BC2F93FF2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B03FAAF-96C1-4D93-89A1-F2EA6F06D7CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8b170aca-357d-4920-9c21-2ef4fb4e7980"/>
     <ds:schemaRef ds:uri="1ccdc3ba-c843-4b21-809c-cb2f2041c815"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="58c57dbd-2bfb-4aed-877c-2b242576cb08"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{231882F7-85AB-4E14-BE07-186FA09230CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5304B90-59B2-439B-9278-740E06DD1D0B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0732164-1D6C-40ED-A788-2DCF6FF0B751}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>803</Words>
+  <Words>804</Words>
   <Characters>4408</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>10</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>314</Lines>
+  <Paragraphs>102</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MOTOR VEHICLE UNAVAILABILITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shire Of Dardanup</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5201</CharactersWithSpaces>
+  <CharactersWithSpaces>5110</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MOTOR VEHICLE UNAVAILABILITY</dc:title>
   <dc:subject/>
   <dc:creator>belindar</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SynergySoftUID">
     <vt:lpwstr>K5A4F6180</vt:lpwstr>
   </property>